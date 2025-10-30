--- v0 (2025-10-03)
+++ v1 (2025-10-30)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2994705445"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2994705445"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3150775158"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3150775158"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3150775158"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2994705445"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2994705445"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3150775158"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3150775158"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3150775158"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2994705445"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2994705445"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3150775158"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3150775158"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3150775158"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2994705445"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2994705445"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3150775158"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3150775158"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3150775158"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2994705445"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2994705445"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3150775158"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3150775158"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3150775158"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2994705445"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2994705445"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3150775158"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3150775158"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3150775158"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2994705445"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2994705445"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3150775158"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3150775158"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3150775158"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2994705445"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2994705445"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3150775158"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3150775158"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3150775158"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2994705445"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2994705445"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3150775158"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3150775158"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3150775158"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>