--- v1 (2025-10-30)
+++ v2 (2025-11-20)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3150775158"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3150775158"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1381922938"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1381922938"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1381922938"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3150775158"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3150775158"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1381922938"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1381922938"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1381922938"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3150775158"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3150775158"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1381922938"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1381922938"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1381922938"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3150775158"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3150775158"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1381922938"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1381922938"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1381922938"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3150775158"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3150775158"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1381922938"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1381922938"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1381922938"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3150775158"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3150775158"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1381922938"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1381922938"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1381922938"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3150775158"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3150775158"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1381922938"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1381922938"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1381922938"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3150775158"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3150775158"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1381922938"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1381922938"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1381922938"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3150775158"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3150775158"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1381922938"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1381922938"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1381922938"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>