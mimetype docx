--- v2 (2025-11-20)
+++ v3 (2025-12-10)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1381922938"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1381922938"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_17651835"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_17651835"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_17651835"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1381922938"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1381922938"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_17651835"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_17651835"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_17651835"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1381922938"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1381922938"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_17651835"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_17651835"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_17651835"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1381922938"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1381922938"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_17651835"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_17651835"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_17651835"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1381922938"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1381922938"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_17651835"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_17651835"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_17651835"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1381922938"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1381922938"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_17651835"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_17651835"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_17651835"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1381922938"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1381922938"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_17651835"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_17651835"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_17651835"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1381922938"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1381922938"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_17651835"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_17651835"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_17651835"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1381922938"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1381922938"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_17651835"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_17651835"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_17651835"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>