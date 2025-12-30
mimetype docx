--- v3 (2025-12-10)
+++ v4 (2025-12-30)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_17651835"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_17651835"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_296583506"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_296583506"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_296583506"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_17651835"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_17651835"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_296583506"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_296583506"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_296583506"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_17651835"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_17651835"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_296583506"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_296583506"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_296583506"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_17651835"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_17651835"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_296583506"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_296583506"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_296583506"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_17651835"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_17651835"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_296583506"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_296583506"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_296583506"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_17651835"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_17651835"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_296583506"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_296583506"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_296583506"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_17651835"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_17651835"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_296583506"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_296583506"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_296583506"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_17651835"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_17651835"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_296583506"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_296583506"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_296583506"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_17651835"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_17651835"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_296583506"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_296583506"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_296583506"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>