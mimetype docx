--- v4 (2025-12-30)
+++ v5 (2026-01-20)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_296583506"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_296583506"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3440781818"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3440781818"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3440781818"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_296583506"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_296583506"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3440781818"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3440781818"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3440781818"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_296583506"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_296583506"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3440781818"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3440781818"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3440781818"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_296583506"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_296583506"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3440781818"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3440781818"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3440781818"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_296583506"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_296583506"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3440781818"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3440781818"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3440781818"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_296583506"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_296583506"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3440781818"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3440781818"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3440781818"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_296583506"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_296583506"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3440781818"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3440781818"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3440781818"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_296583506"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_296583506"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3440781818"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3440781818"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3440781818"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_296583506"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_296583506"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3440781818"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3440781818"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3440781818"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>