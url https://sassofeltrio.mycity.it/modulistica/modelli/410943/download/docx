--- v5 (2026-01-20)
+++ v6 (2026-02-24)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3440781818"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3440781818"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4246481440"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_4246481440"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4246481440"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3440781818"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3440781818"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4246481440"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_4246481440"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4246481440"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3440781818"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3440781818"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4246481440"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_4246481440"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4246481440"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3440781818"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3440781818"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4246481440"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_4246481440"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4246481440"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3440781818"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3440781818"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4246481440"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_4246481440"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4246481440"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3440781818"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3440781818"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4246481440"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_4246481440"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4246481440"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3440781818"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3440781818"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4246481440"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_4246481440"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4246481440"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3440781818"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3440781818"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4246481440"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_4246481440"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4246481440"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3440781818"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3440781818"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_4246481440"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_4246481440"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_4246481440"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>