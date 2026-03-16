--- v6 (2026-02-24)
+++ v7 (2026-03-16)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4246481440"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4246481440"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2578821098"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2578821098"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2578821098"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4246481440"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4246481440"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2578821098"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2578821098"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2578821098"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4246481440"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4246481440"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2578821098"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2578821098"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2578821098"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4246481440"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4246481440"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2578821098"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2578821098"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2578821098"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4246481440"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4246481440"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2578821098"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2578821098"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2578821098"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4246481440"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4246481440"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2578821098"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2578821098"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2578821098"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4246481440"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4246481440"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2578821098"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2578821098"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2578821098"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4246481440"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4246481440"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2578821098"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2578821098"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2578821098"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_4246481440"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_4246481440"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2578821098"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2578821098"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2578821098"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>